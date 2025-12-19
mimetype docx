--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -62,51 +62,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Templates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve"> section in </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdj1axkxfhez7y7sw_srst6">
+      <w:hyperlink w:history="1" r:id="rIdh-h6zrrtyktukr2qvqoav">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Ask IFAS Resources: Documentation and Training Materials</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a demonstration template with instructions and instructions for using styles in Microsoft Word.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Publication Title</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2015,51 +2015,51 @@
     <w:qFormat/>
     <w:rsid w:val="003D62B8"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="GlossaryDefinition">
     <w:name w:val="Glossary Definition"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="GlossaryTerm"/>
     <w:qFormat/>
     <w:rsid w:val="003D62B8"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rIdj1axkxfhez7y7sw_srst6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics.ifas.ufl.edu/our-services/publication-editing-edis/documentation-and-training/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rIdh-h6zrrtyktukr2qvqoav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics.ifas.ufl.edu/our-services/publication-editing-edis/documentation-and-training/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/81399ad5da47baa94823d9ace49b0c32d5dbbc73.jpg"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 