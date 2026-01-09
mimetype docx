--- v1 (2025-12-19)
+++ v2 (2026-01-09)
@@ -62,51 +62,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Templates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve"> section in </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rIdh-h6zrrtyktukr2qvqoav">
+      <w:hyperlink w:history="1" r:id="rId0qxer921lgxyticvslv76">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Ask IFAS Resources: Documentation and Training Materials</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a demonstration template with instructions and instructions for using styles in Microsoft Word.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Publication Title</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2015,51 +2015,51 @@
     <w:qFormat/>
     <w:rsid w:val="003D62B8"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="GlossaryDefinition">
     <w:name w:val="Glossary Definition"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="GlossaryTerm"/>
     <w:qFormat/>
     <w:rsid w:val="003D62B8"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rIdh-h6zrrtyktukr2qvqoav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics.ifas.ufl.edu/our-services/publication-editing-edis/documentation-and-training/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId0qxer921lgxyticvslv76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics.ifas.ufl.edu/our-services/publication-editing-edis/documentation-and-training/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/81399ad5da47baa94823d9ace49b0c32d5dbbc73.jpg"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 