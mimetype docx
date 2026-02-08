--- v2 (2026-01-09)
+++ v3 (2026-02-08)
@@ -62,51 +62,51 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve">See the </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Templates</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve"> section in </w:t>
       </w:r>
-      <w:hyperlink w:history="1" r:id="rId0qxer921lgxyticvslv76">
+      <w:hyperlink w:history="1" r:id="rIdkyv9phuwbkzdjxzn3uf3k">
         <w:r>
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t xml:space="preserve">Ask IFAS Resources: Documentation and Training Materials</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Comment"/>
           <w:b w:val="false"/>
           <w:bCs w:val="false"/>
         </w:rPr>
         <w:t xml:space="preserve"> for a demonstration template with instructions and instructions for using styles in Microsoft Word.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Title"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Publication Title</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -388,51 +388,51 @@
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="1"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:displayBackgroundShape/>
   <w:evenAndOddHeaders w:val="false"/>
   <w:compat>
     <w:compatSetting w:val="15" w:uri="http://schemas.microsoft.com/office/word" w:name="compatibilityMode"/>
   </w:compat>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="1" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="0" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="0" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="0" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -815,182 +815,206 @@
     <w:pPr>
       <w:pBdr>
         <w:bottom w:val="single" w:sz="6" w:space="0" w:color="F47735"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:ind w:left="150" w:right="150"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
       <w:kern w:val="36"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
-    <w:rsid w:val="005D69A2"/>
+    <w:rsid w:val="000C6FA5"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
-      <w:sz w:val="22"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="001226EB"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="002D2F23"/>
+    <w:rsid w:val="000C6FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:i/>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Sans" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:iCs/>
-      <w:color w:val="0021A5" w:themeColor="0021A5" w:themeShade="BF"/>
+      <w:color w:val="0021A5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading5Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
-    <w:rsid w:val="000C0D96"/>
+    <w:rsid w:val="000C6FA5"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="0"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-      <w:color w:val="0021A5" w:themeColor="0021A5" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Sans" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="0021A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading6Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000C6FA5"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Sans" w:cstheme="majorBidi"/>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00397B61"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
       <w:kern w:val="36"/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading 2 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading2"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="005D69A2"/>
-[...1 lines deleted...]
-      <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+    <w:rsid w:val="000C6FA5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsia="Times New Roman" w:hAnsi="Noto Sans" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
-      <w:sz w:val="22"/>
+      <w:sz w:val="28"/>
       <w:szCs w:val="22"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
     <w:name w:val="Heading 3 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading3"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="001226EB"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
@@ -1001,92 +1025,92 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="NormalWeb">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00A24988"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="figure-label">
     <w:name w:val="figure-label"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:qFormat/>
     <w:locked/>
     <w:rsid w:val="009B5463"/>
     <w:rPr>
       <w:b w:val="0"/>
-      <w:color w:val="22884C" w:themeColor="22884C"/>
+      <w:color w:val="22884C"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Credits">
     <w:name w:val="Credits"/>
     <w:basedOn w:val="Caption"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CreditsChar"/>
     <w:qFormat/>
     <w:rsid w:val="006120A1"/>
     <w:rPr>
       <w:color w:val="00B0F0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="39"/>
     <w:locked/>
     <w:rsid w:val="008766F7"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CaptionChar">
     <w:name w:val="Caption Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Caption"/>
     <w:uiPriority w:val="35"/>
     <w:rsid w:val="009B5463"/>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="343741" w:themeColor="text2"/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:szCs w:val="18"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="c8f1d9" w:themeFill="c8f1d9" w:themeFillTint="33"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8F1D9"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC4">
     <w:name w:val="toc 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="0014414F"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cstheme="minorHAnsi"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC5">
     <w:name w:val="toc 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
@@ -1283,126 +1307,129 @@
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:locked/>
     <w:rsid w:val="00827BFA"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="CaptionChar"/>
     <w:uiPriority w:val="35"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="009B5463"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="c8f1d9" w:themeFill="c8f1d9" w:themeFillTint="33"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8F1D9"/>
       <w:spacing w:after="360"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="343741" w:themeColor="text2"/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="AuthorList"/>
     <w:link w:val="TitleChar"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:locked/>
-    <w:rsid w:val="003C0F43"/>
+    <w:rsid w:val="000C6FA5"/>
+    <w:rPr>
+      <w:sz w:val="32"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TitleChar">
     <w:name w:val="Title Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Title"/>
     <w:uiPriority w:val="10"/>
-    <w:rsid w:val="003C0F43"/>
+    <w:rsid w:val="000C6FA5"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="0021A5"/>
       <w:kern w:val="36"/>
-      <w:sz w:val="27"/>
+      <w:sz w:val="32"/>
       <w:szCs w:val="27"/>
       <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AuthorList">
     <w:name w:val="AuthorList"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="003D5729"/>
     <w:pPr>
       <w:ind w:left="144"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ContributorName">
     <w:name w:val="ContributorName"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="008A46F2"/>
     <w:rPr>
       <w:color w:val="C00000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CreditsChar">
     <w:name w:val="Credits Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="Credits"/>
     <w:rsid w:val="006120A1"/>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="00B0F0"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1FFDE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="table-label">
     <w:name w:val="table-label"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="001A498A"/>
     <w:rPr>
-      <w:color w:val="002657" w:themeColor="002657" w:themeShade="BF"/>
+      <w:color w:val="002657"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="table-source">
     <w:name w:val="table-source"/>
     <w:basedOn w:val="figure-credits"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B11C90"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table-caption">
     <w:name w:val="Table-caption"/>
     <w:basedOn w:val="Caption"/>
     <w:qFormat/>
     <w:rsid w:val="009B5463"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="table-footnote">
     <w:name w:val="table-footnote"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A46F2"/>
@@ -1460,195 +1487,195 @@
     <w:qFormat/>
     <w:rsid w:val="008A46F2"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table-preface">
     <w:name w:val="Table-preface"/>
     <w:basedOn w:val="Table-caption"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="008A46F2"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="120"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Scientific-Name">
     <w:name w:val="Scientific-Name"/>
     <w:basedOn w:val="Emphasis"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009B5463"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
-      <w:color w:val="0021A5" w:themeColor="0021A5" w:themeShade="BF"/>
+      <w:color w:val="0021A5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="008A46F2"/>
     <w:rPr>
       <w:i/>
       <w:iCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="002D2F23"/>
-[...2 lines deleted...]
-      <w:i/>
+    <w:rsid w:val="000C6FA5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Sans" w:cstheme="majorBidi"/>
+      <w:b/>
       <w:iCs/>
-      <w:color w:val="0021A5" w:themeColor="0021A5" w:themeShade="BF"/>
+      <w:color w:val="0021A5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="list-bullet-2">
     <w:name w:val="list-bullet-2"/>
     <w:basedOn w:val="Normal"/>
     <w:rsid w:val="00FB17E1"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="list-bullet-3">
     <w:name w:val="list-bullet-3"/>
     <w:basedOn w:val="list-bullet-2"/>
     <w:rsid w:val="005D52A8"/>
     <w:pPr>
       <w:ind w:left="1080"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="figure-caption">
     <w:name w:val="figure-caption"/>
     <w:basedOn w:val="Caption"/>
     <w:next w:val="Normal"/>
     <w:link w:val="figure-captionChar"/>
     <w:qFormat/>
     <w:rsid w:val="00C41FC5"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="figure-credits">
     <w:name w:val="figure-credits"/>
     <w:basedOn w:val="Credits"/>
     <w:next w:val="Normal"/>
     <w:link w:val="figure-creditsChar"/>
     <w:qFormat/>
     <w:rsid w:val="009B5463"/>
     <w:rPr>
-      <w:color w:val="343741" w:themeColor="text2"/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="figure-captionChar">
     <w:name w:val="figure-caption Char"/>
     <w:basedOn w:val="CaptionChar"/>
     <w:link w:val="figure-caption"/>
     <w:rsid w:val="00C41FC5"/>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="343741" w:themeColor="text2"/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:szCs w:val="18"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1FFDE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Emphasis--restrictedusewarning">
     <w:name w:val="Emphasis -- restricted use warning"/>
     <w:basedOn w:val="Emphasis"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00823CD3"/>
     <w:rPr>
       <w:b/>
       <w:i w:val="0"/>
       <w:iCs/>
       <w:color w:val="C00000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="figure-creditsChar">
     <w:name w:val="figure-credits Char"/>
     <w:basedOn w:val="CreditsChar"/>
     <w:link w:val="figure-credits"/>
     <w:rsid w:val="009B5463"/>
     <w:rPr>
       <w:iCs/>
-      <w:color w:val="343741" w:themeColor="text2"/>
+      <w:color w:val="0E2841" w:themeColor="text2"/>
       <w:szCs w:val="18"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="c8f1d9" w:themeFill="c8f1d9" w:themeFillTint="33"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="C8F1D9"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Table-DataChar">
     <w:name w:val="Table-Data Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Table-Data"/>
     <w:rsid w:val="00823CD3"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Comment">
     <w:name w:val="Comment"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentChar"/>
     <w:qFormat/>
     <w:rsid w:val="002841F4"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="4" w:color="D8D4D7" w:themeColor="background2"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="4" w:color="D8D4D7" w:themeColor="background2"/>
+        <w:top w:val="single" w:sz="4" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
+        <w:left w:val="triple" w:sz="4" w:space="4" w:color="D32737"/>
+        <w:bottom w:val="single" w:sz="4" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
+        <w:right w:val="single" w:sz="4" w:space="4" w:color="E8E8E8" w:themeColor="background2"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
       <w:spacing w:before="240" w:line="288" w:lineRule="auto"/>
       <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Newsreader" w:hAnsi="Newsreader"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextBox">
     <w:name w:val="Text Box"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F94FA6"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="3" w:color="E8E9ED" w:themeColor="text2" w:themeTint="1A"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="3" w:color="E8E9ED" w:themeColor="text2" w:themeTint="1A"/>
+        <w:top w:val="single" w:sz="4" w:space="3" w:color="DAE9F7" w:themeColor="text2" w:themeTint="1A"/>
+        <w:left w:val="single" w:sz="4" w:space="3" w:color="DAE9F7" w:themeColor="text2" w:themeTint="1A"/>
+        <w:bottom w:val="single" w:sz="4" w:space="3" w:color="DAE9F7" w:themeColor="text2" w:themeTint="1A"/>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="DAE9F7" w:themeColor="text2" w:themeTint="1A"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="auto" w:fill="e8e9ed" w:themeFill="e8e9ed" w:themeFillTint="1A"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E8E9ED"/>
       <w:ind w:left="432" w:right="432"/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentChar">
     <w:name w:val="Comment Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Comment"/>
     <w:rsid w:val="002841F4"/>
     <w:rPr>
       <w:rFonts w:ascii="Newsreader" w:hAnsi="Newsreader"/>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Listnumbered">
     <w:name w:val="List numbered"/>
     <w:basedOn w:val="ListParagraph"/>
     <w:rsid w:val="006465D0"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:hanging="720"/>
@@ -1671,83 +1698,83 @@
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="list-numbered-3">
     <w:name w:val="list-numbered-3"/>
     <w:basedOn w:val="Listnumbered"/>
     <w:rsid w:val="006465D0"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="720"/>
       </w:tabs>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="target-audience">
     <w:name w:val="target-audience"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="00A61C02"/>
     <w:rPr>
       <w:b/>
-      <w:color w:val="0021A5" w:themeColor="0021A5" w:themeShade="BF"/>
+      <w:color w:val="0021A5"/>
       <w:u w:color="FF0000"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Table-first-column">
     <w:name w:val="Table-first-column"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00395FC4"/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="F2A900" w:themeFill="F2A900" w:themeFillTint="33"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="F2A900"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Table-Header-Row">
     <w:name w:val="Table-Header-Row"/>
     <w:basedOn w:val="TableNormal"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00395FC4"/>
     <w:tblPr/>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b w:val="0"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="002657" w:themeFill="002657" w:themeFillTint="33"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="002657"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BlockQuote">
     <w:name w:val="BlockQuote"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00F02B49"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="160"/>
       <w:ind w:left="864" w:right="864"/>
     </w:pPr>
     <w:rPr>
       <w:iCs/>
       <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="003D5729"/>
@@ -1803,60 +1830,60 @@
     <w:name w:val="Figure Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Figure"/>
     <w:rsid w:val="00AC5781"/>
     <w:rPr>
       <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Display-TableChar">
     <w:name w:val="Display-Table Char"/>
     <w:basedOn w:val="FigureChar"/>
     <w:link w:val="Display-Table"/>
     <w:rsid w:val="00AC5781"/>
     <w:rPr>
       <w:noProof/>
       <w:lang w:val="es-419"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FactoidTable">
     <w:name w:val="FactoidTable"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FactoidTableChar"/>
     <w:qFormat/>
     <w:rsid w:val="00001FB1"/>
     <w:pPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="0021A5" w:themeFill="0021A5" w:themeFillTint="99"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="0021A5"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FactoidTableChar">
     <w:name w:val="FactoidTable Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FactoidTable"/>
     <w:rsid w:val="00001FB1"/>
     <w:rPr>
-      <w:shd w:val="clear" w:color="auto" w:fill="0021A5" w:themeFill="0021A5" w:themeFillTint="99"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="0021A5"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Factoid">
     <w:name w:val="Factoid"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FactoidChar"/>
     <w:qFormat/>
     <w:rsid w:val="00E765BC"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:color w:val="0070C0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FactoidChar">
     <w:name w:val="Factoid Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Factoid"/>
     <w:rsid w:val="00E765BC"/>
@@ -1876,190 +1903,221 @@
         <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
       </w:pBdr>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Strong">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="000B3658"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Citation">
     <w:name w:val="Citation"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="009B5463"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi"/>
-      <w:color w:val="22884C" w:themeColor="22884C" w:themeShade="BF"/>
+      <w:color w:val="22884C"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Date">
     <w:name w:val="Date"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="DateChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009B08DD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DateChar">
     <w:name w:val="Date Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Date"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009B08DD"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="purpose-statement">
     <w:name w:val="purpose-statement"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:rsid w:val="002841F4"/>
     <w:rPr>
       <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto"/>
-      <w:shd w:val="clear" w:color="auto" w:fill="ffeec9" w:themeFill="ffeec9" w:themeFillTint="33"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="FFEEC9"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Reference">
     <w:name w:val="Reference"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00B9074D"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="720"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:locked/>
     <w:rsid w:val="00B34F47"/>
     <w:rPr>
-      <w:color w:val="6A2A60" w:themeColor="followedHyperlink"/>
+      <w:color w:val="96607D" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading5Char">
     <w:name w:val="Heading 5 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading5"/>
     <w:uiPriority w:val="9"/>
-    <w:rsid w:val="000C0D96"/>
-[...2 lines deleted...]
-      <w:color w:val="0021A5" w:themeColor="0021A5" w:themeShade="BF"/>
+    <w:rsid w:val="000C6FA5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Sans" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:i/>
+      <w:color w:val="0021A5"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading6Char">
+    <w:name w:val="Heading 6 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading6"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="000C6FA5"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Noto Sans" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Noto Sans" w:cstheme="majorBidi"/>
+      <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextBoxHeading">
     <w:name w:val="Text Box Heading"/>
     <w:basedOn w:val="Heading5"/>
     <w:qFormat/>
     <w:rsid w:val="005D69A2"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="5" w:color="5F6577" w:themeColor="text2" w:themeTint="BF"/>
-[...2 lines deleted...]
-        <w:right w:val="single" w:sz="4" w:space="4" w:color="5F6577" w:themeColor="text2" w:themeTint="BF"/>
+        <w:top w:val="single" w:sz="4" w:space="5" w:color="215E99" w:themeColor="text2" w:themeTint="BF"/>
+        <w:left w:val="single" w:sz="4" w:space="4" w:color="215E99" w:themeColor="text2" w:themeTint="BF"/>
+        <w:bottom w:val="single" w:sz="4" w:space="5" w:color="215E99" w:themeColor="text2" w:themeTint="BF"/>
+        <w:right w:val="single" w:sz="4" w:space="4" w:color="215E99" w:themeColor="text2" w:themeTint="BF"/>
       </w:pBdr>
-      <w:shd w:val="clear" w:color="auto" w:fill="5f6577" w:themeFill="5f6577" w:themeFillTint="BF"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="5F6577"/>
       <w:ind w:left="432" w:right="432"/>
     </w:pPr>
     <w:rPr>
-      <w:b/>
+      <w:b w:val="0"/>
       <w:color w:val="FFFFFF" w:themeColor="background1"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="H2-NewPage">
     <w:name w:val="H2-New Page"/>
     <w:basedOn w:val="Heading2"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="005D69A2"/>
     <w:pPr>
       <w:pageBreakBefore/>
     </w:pPr>
     <w:rPr>
       <w:noProof/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:locked/>
     <w:rsid w:val="000128B7"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="GlossaryTerm">
     <w:name w:val="Glossary Term"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="GlossaryDefinition"/>
     <w:qFormat/>
     <w:rsid w:val="003D62B8"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="GlossaryDefinition">
     <w:name w:val="Glossary Definition"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="GlossaryTerm"/>
     <w:qFormat/>
     <w:rsid w:val="003D62B8"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Display-Table-FullWidth">
+    <w:name w:val="Display-Table-FullWidth"/>
+    <w:basedOn w:val="Display-Table"/>
+    <w:link w:val="Display-Table-FullWidthChar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00BB13CA"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Display-Table-FullWidthChar">
+    <w:name w:val="Display-Table-FullWidth Char"/>
+    <w:basedOn w:val="Display-TableChar"/>
+    <w:link w:val="Display-Table-FullWidth"/>
+    <w:rsid w:val="00BB13CA"/>
+    <w:rPr>
+      <w:noProof/>
+      <w:lang w:val="es-419"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId0qxer921lgxyticvslv76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics.ifas.ufl.edu/our-services/publication-editing-edis/documentation-and-training/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rIdkyv9phuwbkzdjxzn3uf3k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ics.ifas.ufl.edu/our-services/publication-editing-edis/documentation-and-training/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/fontTable.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/81399ad5da47baa94823d9ace49b0c32d5dbbc73.jpg"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Un-named</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 